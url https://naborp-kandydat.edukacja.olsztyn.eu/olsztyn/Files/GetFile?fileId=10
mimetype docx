--- v0 (2025-10-07)
+++ v1 (2026-02-07)
@@ -1,640 +1,1489 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="4D99F32E" w14:textId="77777777" w:rsidR="00C975B4" w:rsidRPr="007473B0" w:rsidRDefault="007473B0">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="0092519B" w:rsidRPr="0092519B" w:rsidRDefault="0092519B" w:rsidP="0092519B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0092519B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="595965"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Rekrutacja do przedszkoli prowadzonych przez Miasto Olsztyn</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0092519B" w:rsidRPr="0092519B" w:rsidRDefault="0092519B" w:rsidP="0092519B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
+          <w:color w:val="595965"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>na rok szkolny 2026/2027</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0092519B" w:rsidRPr="0092519B" w:rsidRDefault="0092519B" w:rsidP="0092519B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0092519B" w:rsidRPr="0092519B" w:rsidRDefault="0092519B" w:rsidP="0092519B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0092519B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Wychowanie przedszkolne obejmuje dzieci od początku roku szkolnego w roku kalendarzowym, w którym dziecko kończy 3 lata, do końca roku szkolnego w roku kalendarzowym, w którym dziecko kończy 7 lat. Wychowanie przedszkolne jest realizowane w przedszkolach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0092519B" w:rsidRPr="0092519B" w:rsidRDefault="0092519B" w:rsidP="0092519B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0092519B" w:rsidRPr="0092519B" w:rsidRDefault="0092519B" w:rsidP="0092519B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0092519B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Dzieci w wieku 6 lat </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>(urodzone w 2020</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0092519B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> roku) obowiązane są odbyć roczne przygotowanie przedszkolne w przedszkolu. Obowiązek ten rozpoczyna się z początkiem roku szkolnego w roku kalendarzowym, w którym dziecko kończy 6 lat.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0092519B" w:rsidRPr="0092519B" w:rsidRDefault="0092519B" w:rsidP="0092519B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0092519B" w:rsidRPr="0092519B" w:rsidRDefault="0092519B" w:rsidP="0092519B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0092519B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Dzieci w wieku 5 lat</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t> (urodzone w 2021</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0092519B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> r.), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0092519B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>dzieci w wieku 4 lat</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t> (urodzone w 2022</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0092519B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> r.) oraz </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0092519B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>dzieci w wieku 3 lat</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t> (urodzone w 2023</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0092519B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> r.) mają ustawowe prawo do korzystania z wychowania przedszkolnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0092519B" w:rsidRPr="0092519B" w:rsidRDefault="0092519B" w:rsidP="0092519B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0092519B" w:rsidRPr="0092519B" w:rsidRDefault="0092519B" w:rsidP="0092519B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0092519B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>W sytuacji nieprzyjęcia dziecka w postępowaniu rekrutacyjnym do żadnego z przedszkoli wskazanych we wniosku, Prezydent Olsztyna wskaże rodzicom inne przedszkole, który przyjmie dziecko.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0092519B" w:rsidRPr="0092519B" w:rsidRDefault="0092519B" w:rsidP="0092519B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0092519B" w:rsidRPr="0092519B" w:rsidRDefault="0092519B" w:rsidP="0092519B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0092519B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="595965"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Prowadzenie postępowania rekrutacyjnego do przedszkoli</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0092519B" w:rsidRPr="0092519B" w:rsidRDefault="0092519B" w:rsidP="0092519B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
+          <w:color w:val="595965"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>na rok szkolny 2026/2027</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0092519B" w:rsidRPr="0092519B" w:rsidRDefault="0092519B" w:rsidP="0092519B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0092519B" w:rsidRPr="0092519B" w:rsidRDefault="0092519B" w:rsidP="0092519B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...153 lines deleted...]
-      </w:pPr>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0092519B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>1. Postępowanie rekrutacyjne prowadzone jest z wykorzystaniem systemu informatycznego w terminach</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...40 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> określonych w zarządzeniu nr 7 Prezydenta Olsztyna z dnia 12</w:t>
+      </w:r>
+      <w:r w:rsidR="00B8459C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> stycznia 2026</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0092519B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> r.</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B8459C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">w sprawie określenia terminów przeprowadzenia postępowania rekrutacyjnego i postępowania </w:t>
+      </w:r>
+      <w:r w:rsidR="00E23D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>uzupełniającego</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00B8459C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, w tym terminów składania dokumentów do przedszkoli prowadzonych przez miasto Olsztyn na rok szkolny 2026/2027 </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...82 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">oraz w zarządzeniu </w:t>
+      </w:r>
+      <w:r w:rsidR="00B8459C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...29 lines deleted...]
-    <w:sectPr w:rsidR="007473B0" w:rsidRPr="007473B0">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>nr 31 Prezydenta Olsztyna z dnia 29 stycznia 2026r. zmieniającym zarządzenie nr 7</w:t>
+      </w:r>
+      <w:r w:rsidR="00E23D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E23D67" w:rsidRPr="00E23D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>z dnia 12 stycznia 2026r. w sprawie określenia terminów przeprowadzenia postępowania rekrutacyjnego i postępowania uzupełniającego, w tym terminów składania dokumentów do przedszkoli prowadzonych przez miasto Olsztyn na rok szkolny 2026/2027</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0092519B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0092519B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>2. Na pierwszym etapie postępowania rekrutacyjnego - w przypadku</w:t>
+      </w:r>
+      <w:r w:rsidR="00B8459C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0092519B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gdy liczba kandydatów jest większa od liczby miejsc w danym przedszkolu brane są pod uwagę łącznie ustawowe kryteria, mające jednakową wartość (80 pkt.).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0092519B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0092519B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>3. Na drugi etapie postępowania rekrutacyjnego</w:t>
+      </w:r>
+      <w:r w:rsidR="00B8459C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0092519B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prowadzonego w przypadku równorzędnych wyników uzyskanych po pierwszym etapie postępowania rekrutacyjnego lub gdy dane przedszkole dysponuje nadal wolnymi miejscami</w:t>
+      </w:r>
+      <w:r w:rsidR="00B8459C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0092519B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> brane są pod uwagę kryteria i liczba punktów za te kryteria, określone w Uchwale Nr XLI/773/17 Rady Miasta Olsztyna z dnia 25 października 2017 r. w sprawie określenia kryteriów rekrutacji wraz z liczbą punktów za poszczególne kryteria oraz dokumentów niezbędnych do ich potwierdzania, stosowanych na drugim etapie postępowania rekrutacyjnego do publicznych przedszkoli prowadzonych przez Miasto Olsztyn (Dz. Urz. Woj. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0092519B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Warm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0092519B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. -  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0092519B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Maz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0092519B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>. z 2017 r. poz. 4609).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0092519B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0092519B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>4. W postępowaniu rekrutacyjnym biorą udział dzieci zamieszkałe w Olsztynie:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0092519B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0092519B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">•  w wieku od 3 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>do 6 lat (urodzone w latach 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00B8459C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>0-2023</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0092519B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0092519B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0092519B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>•  dzieci, którym odroczono obowiązek szkolny.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0092519B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0092519B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Dzieci urodzone w 202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0092519B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> r. nie biorą udziału w rekrutacji.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0092519B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0092519B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>5. Prowadzenie postępowania rekrutacyjnego:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0092519B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0092519B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>•  Postępowanie rekrutacyjne prowadzi się na wolne miejsca na wniosek rodziców/prawnych opiekunów dziecka.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0092519B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0092519B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>•  Postępowanie rekrutacyjne prowadzi komisja rekrutacyjna powołana przez dyrektora przedszkola.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0092519B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0092519B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>•  We wniosku o przyjęcie rodzice/prawni opiekunowie wskazują wybrane przedszkola (max. 3) według swoich preferencji. Przedszkole wskazane na pierwszej pozycji we wniosku o przyjęcie  nazywane jest przedszkolem pierwszego wyboru.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0092519B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0092519B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>•   Rodzice/prawni opiekunowie:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0092519B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0092519B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>- wypełnią w systemie informatycznym wniosek o przyjęcie dziecka wraz z załącznikami,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0092519B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0092519B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>- podpisują go podpisem kwalifikowanym lub profilem zaufanym,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0092519B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0092519B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- w przypadku braku ww. podpisów drukują wypełniony wniosek podpisują go i po podpisaniu wraz z załącznikami składają go </w:t>
+      </w:r>
+      <w:r w:rsidR="00B8459C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>w przedszkolu pierwszego wyboru;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0092519B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0092519B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>lub</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0092519B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0092519B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>- pobierają wniosek w dowolnym przedszkolu,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0092519B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0092519B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>- wypełniają go odręcznie i po podpisaniu składają wraz z załącznikami  w przedszkolu pierwszego wyboru,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0092519B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0092519B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>- informacje zawarte we wniosku wprowadza do systemu informatycznego dyrektor przedszkola lub upoważniony pracownik.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0092519B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0092519B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0092519B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Podpisy rodziców/prawnych opiekunów dziecka są potwierdzeniem zgodności informacji zawartych we wniosku ze stanem faktycznym.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0092519B" w:rsidRPr="0092519B" w:rsidRDefault="0092519B" w:rsidP="0092519B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0092519B" w:rsidRPr="0092519B" w:rsidRDefault="0092519B" w:rsidP="0092519B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0092519B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Do wniosku o przyjęcie należy dołączyć dokumenty/oświadczenia potwierdzające spełnianie kryteriów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0092519B" w:rsidRPr="0092519B" w:rsidRDefault="0092519B" w:rsidP="0092519B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0092519B" w:rsidRPr="0092519B" w:rsidRDefault="0092519B" w:rsidP="0092519B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0092519B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Oświadczenia składa się pod rygorem odpowiedzialności karnej za składanie fałszywych oświadczeń. Składający oświadczenie jest obowiązany do zawarcia w nim klauzuli następującej treści: „Jestem świadomy odpowiedzialności karnej za złożenie fałszywego oświadczenia” (art. 150 ust. 6 ustawy Prawo oświatowe).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0092519B" w:rsidRPr="0092519B" w:rsidRDefault="0092519B" w:rsidP="0092519B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0092519B" w:rsidRPr="0092519B" w:rsidRDefault="0092519B" w:rsidP="0092519B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0092519B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Wyniki postępowania rekrutacyjnego komisja rekrutacyjna podaje do publicznej wiadomości w formie listy dzieci zakwalifikowanych i niezakwalifikowanych do przyjęcia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0092519B" w:rsidRPr="0092519B" w:rsidRDefault="0092519B" w:rsidP="0092519B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0092519B" w:rsidRPr="0092519B" w:rsidRDefault="0092519B" w:rsidP="0092519B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0092519B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Rodzice/prawni opiekunowie dzieci zakwalifikowanych do przyjęcia składają pisemne potwierdzenie woli zapisu w przedszkolu, za pomocą systemu informatycznego jeżeli posiadają podpis kwalifikowany lub profil zaufany lub zanoszą je do przedszkola do którego dziecko zostało zakwalifikowane.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0092519B" w:rsidRPr="0092519B" w:rsidRDefault="0092519B" w:rsidP="0092519B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0092519B" w:rsidRPr="0092519B" w:rsidRDefault="0092519B" w:rsidP="0092519B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0092519B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="595965"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Komisja rekrutacyjna przyjmuje dziecko do przedszkola, jeżeli zostało zakwalifikowane do przyjęcia i rodzice potwierdzili wolę zapisu oraz podaje do publicznej wiadomości listę kandydatów przyjętych i nieprzyjętych do przedszkola.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A6190" w:rsidRDefault="00E23D67"/>
+    <w:sectPr w:rsidR="004A6190">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...95 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+  <w:zoom w:percent="160"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="007473B0"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00FD1D4A"/>
+    <w:rsidRoot w:val="0092519B"/>
+    <w:rsid w:val="0092519B"/>
+    <w:rsid w:val="009472E1"/>
+    <w:rsid w:val="00B8459C"/>
+    <w:rsid w:val="00E23D67"/>
+    <w:rsid w:val="00F77BD3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="7122F27C"/>
+  <w14:docId w14:val="7C30C9C5"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{9847D4ED-335C-4BFC-88E7-2DF58A39108F}"/>
+  <w15:docId w15:val="{DFD27A29-FA51-462A-836B-1AF9705503E2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -962,111 +1811,139 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Akapitzlist">
-    <w:name w:val="List Paragraph"/>
+  <w:style w:type="paragraph" w:styleId="Tekstdymka">
+    <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normalny"/>
-    <w:uiPriority w:val="34"/>
-[...1 lines deleted...]
-    <w:rsid w:val="007473B0"/>
+    <w:link w:val="TekstdymkaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0092519B"/>
     <w:pPr>
-      <w:ind w:left="720"/>
-      <w:contextualSpacing/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak">
+    <w:name w:val="Tekst dymka Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Tekstdymka"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0092519B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:divs>
+    <w:div w:id="2111779369">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1288,73 +2165,73 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>763</Characters>
+  <Pages>2</Pages>
+  <Words>743</Words>
+  <Characters>4458</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>6</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>37</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Urząd Miasta Olsztyna</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>889</CharactersWithSpaces>
+  <CharactersWithSpaces>5191</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Iwona Gardocka</dc:creator>
+  <dc:creator>Natalia Tokaj</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>